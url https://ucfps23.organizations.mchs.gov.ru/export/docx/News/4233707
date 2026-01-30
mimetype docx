--- v0 (2025-10-23)
+++ v1 (2026-01-30)
@@ -185,51 +185,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">День защитника Отечества — праздник, отмечаемый ежегодно 23 февраляв Российской Федерации, который на официальном уровне возник приРСФСР, постановлением Президиума от 1922 г., когда 23 февраля былоглашен Днем Красной Армии. Во времена Советского Союза празднествоназывалось Днем Советской Армии и Военно-морского флота.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>