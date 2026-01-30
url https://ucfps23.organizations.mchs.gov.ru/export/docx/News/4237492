--- v0 (2025-11-02)
+++ v1 (2026-01-30)
@@ -182,51 +182,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Над плацем взвился Российский триколор, работники и слушателиУчебного центра исполнили Гимн Российской Федерации. Сторжественным событием всех поздравил заместитель начальникаКраснодарского Учебного центра федеральной противопожарной службыШевченко Евгений Владимирович. Особые слова напутствия прозвучали вадрес только что прибывших слушателей курса «Повышение квалификациигазодымозащитников» из Краснодарского края и Волгоградскойобласти.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>